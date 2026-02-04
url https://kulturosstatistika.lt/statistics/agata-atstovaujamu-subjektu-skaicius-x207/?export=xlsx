--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -176,121 +176,121 @@
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Atlikėjai</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
+      <t xml:space="preserve">Individualūs</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Kolektyvų nariai</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
       <t xml:space="preserve">Iš viso</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Individualūs</t>
+      <t xml:space="preserve">Fonogramų gamintojai</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kolektyvų nariai</t>
+      <t xml:space="preserve">Fiziniai asmenys</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Fonogramų gamintojai</t>
-[...12 lines deleted...]
-      </rPr>
       <t xml:space="preserve">Juridiniai asmenys</t>
-    </r>
-[...12 lines deleted...]
-      <t xml:space="preserve">Fiziniai asmenys</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -832,303 +832,303 @@
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Atlikėjai</t>
           </r>
         </is>
       </c>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Iš viso</t>
+            <t xml:space="preserve">Individualūs</t>
           </r>
         </is>
       </c>
       <c r="C9" s="6">
-        <v>7106.0</v>
+        <v>4305.0</v>
       </c>
       <c r="D9" s="6">
-        <v>7745.0</v>
+        <v>4678.0</v>
       </c>
       <c r="E9" s="6">
-        <v>8275.0</v>
+        <v>5133.0</v>
       </c>
       <c r="F9" s="6">
-        <v>8849.0</v>
+        <v>5687.0</v>
       </c>
       <c r="G9" s="6">
-        <v>9519.0</v>
+        <v>6357.0</v>
       </c>
       <c r="H9" s="6">
-        <v>9982.0</v>
+        <v>6772.0</v>
       </c>
       <c r="I9" s="6">
-        <v>10765.0</v>
+        <v>7197.0</v>
       </c>
       <c r="J9" s="6">
-        <v>11311.0</v>
+        <v>7677.0</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Individualūs</t>
+            <t xml:space="preserve">Kolektyvų nariai</t>
           </r>
         </is>
       </c>
       <c r="C10" s="6">
-        <v>4305.0</v>
+        <v>2801.0</v>
       </c>
       <c r="D10" s="6">
-        <v>4678.0</v>
+        <v>3067.0</v>
       </c>
       <c r="E10" s="6">
-        <v>5133.0</v>
+        <v>3142.0</v>
       </c>
       <c r="F10" s="6">
-        <v>5687.0</v>
+        <v>3162.0</v>
       </c>
       <c r="G10" s="6">
-        <v>6357.0</v>
+        <v>3162.0</v>
       </c>
       <c r="H10" s="6">
-        <v>6772.0</v>
+        <v>3220.0</v>
       </c>
       <c r="I10" s="6">
-        <v>7197.0</v>
+        <v>3568.0</v>
       </c>
       <c r="J10" s="6">
-        <v>7677.0</v>
+        <v>3634.0</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kolektyvų nariai</t>
+            <t xml:space="preserve">Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C11" s="6">
-        <v>2801.0</v>
+        <v>7106.0</v>
       </c>
       <c r="D11" s="6">
-        <v>3067.0</v>
+        <v>7745.0</v>
       </c>
       <c r="E11" s="6">
-        <v>3142.0</v>
+        <v>8275.0</v>
       </c>
       <c r="F11" s="6">
-        <v>3162.0</v>
+        <v>8849.0</v>
       </c>
       <c r="G11" s="6">
-        <v>3162.0</v>
+        <v>9519.0</v>
       </c>
       <c r="H11" s="6">
-        <v>3220.0</v>
+        <v>9982.0</v>
       </c>
       <c r="I11" s="6">
-        <v>3568.0</v>
+        <v>10765.0</v>
       </c>
       <c r="J11" s="6">
-        <v>3634.0</v>
+        <v>11311.0</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Fonogramų gamintojai</t>
           </r>
         </is>
       </c>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Juridiniai asmenys</t>
+            <t xml:space="preserve">Fiziniai asmenys</t>
           </r>
         </is>
       </c>
       <c r="C12" s="6">
-        <v>103.0</v>
+        <v>259.0</v>
       </c>
       <c r="D12" s="6">
-        <v>130.0</v>
+        <v>389.0</v>
       </c>
       <c r="E12" s="6">
-        <v>159.0</v>
+        <v>666.0</v>
       </c>
       <c r="F12" s="6">
-        <v>182.0</v>
+        <v>833.0</v>
       </c>
       <c r="G12" s="6">
-        <v>205.0</v>
+        <v>1124.0</v>
       </c>
       <c r="H12" s="6">
-        <v>223.0</v>
+        <v>1264.0</v>
       </c>
       <c r="I12" s="6">
-        <v>254.0</v>
+        <v>1396.0</v>
       </c>
       <c r="J12" s="6">
-        <v>269.0</v>
+        <v>1551.0</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Iš viso</t>
+            <t xml:space="preserve">Juridiniai asmenys</t>
           </r>
         </is>
       </c>
       <c r="C13" s="6">
-        <v>362.0</v>
+        <v>103.0</v>
       </c>
       <c r="D13" s="6">
-        <v>519.0</v>
+        <v>130.0</v>
       </c>
       <c r="E13" s="6">
-        <v>825.0</v>
+        <v>159.0</v>
       </c>
       <c r="F13" s="6">
-        <v>1015.0</v>
+        <v>182.0</v>
       </c>
       <c r="G13" s="6">
-        <v>1329.0</v>
+        <v>205.0</v>
       </c>
       <c r="H13" s="6">
-        <v>1483.0</v>
+        <v>223.0</v>
       </c>
       <c r="I13" s="6">
-        <v>1650.0</v>
+        <v>254.0</v>
       </c>
       <c r="J13" s="6">
-        <v>1820.0</v>
+        <v>269.0</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Fiziniai asmenys</t>
+            <t xml:space="preserve">Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C14" s="6">
-        <v>259.0</v>
+        <v>362.0</v>
       </c>
       <c r="D14" s="6">
-        <v>389.0</v>
+        <v>519.0</v>
       </c>
       <c r="E14" s="6">
-        <v>666.0</v>
+        <v>825.0</v>
       </c>
       <c r="F14" s="6">
-        <v>833.0</v>
+        <v>1015.0</v>
       </c>
       <c r="G14" s="6">
-        <v>1124.0</v>
+        <v>1329.0</v>
       </c>
       <c r="H14" s="6">
-        <v>1264.0</v>
+        <v>1483.0</v>
       </c>
       <c r="I14" s="6">
-        <v>1396.0</v>
+        <v>1650.0</v>
       </c>
       <c r="J14" s="6">
-        <v>1551.0</v>
+        <v>1820.0</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Iš viso</t>
           </r>
         </is>
       </c>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>