--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -134,222 +134,222 @@
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2024</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
+      <t xml:space="preserve">Iš užsienio giminingų asociacijų gautas atlyginimas</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Iš viso</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Kitas viešas panaudojimas</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Kompensacinis atlyginimas</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Kompensacinis atlyginimas už vaizdo klipus iš AVAKA</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
       <t xml:space="preserve">PAKARTOT.LT abonementinis mokestis</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Iš viso</t>
+      <t xml:space="preserve">PAKARTOT.LT puslapyje gauta parama</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PAKARTOT.LT puslapyje gauta parama</t>
+      <t xml:space="preserve">Tarptautinės muzikos platformos</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Tarptautinės muzikos platformos</t>
+      <t xml:space="preserve">Viešo paskelbimo vietos</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Viešo paskelbimo vietos</t>
-    </r>
+      <t xml:space="preserve">Televizijų transliavimas, retransliavimas ir radijo stočių transliavimas</t>
+    </r>
+  </si>
+  <si>
+    <t>---</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Televizijų transliavimas, retransliavimas ir radijo stočių transliavimas</t>
-[...3 lines deleted...]
-    <t>---</t>
+      <t xml:space="preserve">Radijo stočių transliavimas</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Radijo stočių transliavimas</t>
+      <t xml:space="preserve">Retransliavimas</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Retransliavimas</t>
-[...12 lines deleted...]
-      </rPr>
       <t xml:space="preserve">Televizijų transliavimas</t>
-    </r>
-[...54 lines deleted...]
-      <t xml:space="preserve">Kompensacinis atlyginimas už vaizdo klipus iš AVAKA</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -941,790 +941,790 @@
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Paskirstyta suma</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PAKARTOT.LT abonementinis mokestis</t>
+            <t xml:space="preserve">Iš užsienio giminingų asociacijų gautas atlyginimas</t>
           </r>
         </is>
       </c>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C10" s="6">
-        <v>322.0</v>
+        <v>158.0</v>
       </c>
       <c r="D10" s="6">
-        <v>12591.0</v>
+        <v>8780.0</v>
       </c>
       <c r="E10" s="6">
-        <v>18842.0</v>
+        <v>6878.0</v>
       </c>
       <c r="F10" s="6">
-        <v>709.0</v>
+        <v>2855.0</v>
       </c>
       <c r="G10" s="6">
-        <v>13023.0</v>
+        <v>0.0</v>
       </c>
       <c r="H10" s="6">
-        <v>18114.0</v>
+        <v>929.0</v>
       </c>
       <c r="I10" s="6">
-        <v>707.0</v>
+        <v>163.0</v>
       </c>
       <c r="J10" s="6">
-        <v>11849.0</v>
+        <v>9876.0</v>
       </c>
       <c r="K10" s="6">
-        <v>15446.0</v>
+        <v>24871.0</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PAKARTOT.LT puslapyje gauta parama</t>
+            <t xml:space="preserve">Iš viso</t>
           </r>
         </is>
       </c>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C11" s="6">
-        <v>7.0</v>
+        <v>461738.0</v>
       </c>
       <c r="D11" s="6">
-        <v>277.0</v>
+        <v>3374133.0</v>
       </c>
       <c r="E11" s="6">
-        <v>428.0</v>
+        <v>5535576.0</v>
       </c>
       <c r="F11" s="6">
-        <v>15.0</v>
+        <v>897084.0</v>
       </c>
       <c r="G11" s="6">
-        <v>0.0</v>
+        <v>3078783.0</v>
       </c>
       <c r="H11" s="6">
-        <v>0.0</v>
+        <v>5247810.0</v>
       </c>
       <c r="I11" s="6">
-        <v>60.0</v>
+        <v>1047450.0</v>
       </c>
       <c r="J11" s="6">
-        <v>0.0</v>
+        <v>3329881.0</v>
       </c>
       <c r="K11" s="6">
-        <v>0.0</v>
+        <v>6074858.0</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Tarptautinės muzikos platformos</t>
+            <t xml:space="preserve">Kitas viešas panaudojimas</t>
           </r>
         </is>
       </c>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C12" s="6">
-        <v>1370.0</v>
+        <v>2223.0</v>
       </c>
       <c r="D12" s="6">
-        <v>243750.0</v>
+        <v>26727.0</v>
       </c>
       <c r="E12" s="6">
-        <v>244940.0</v>
+        <v>44114.0</v>
       </c>
       <c r="F12" s="6">
-        <v>9412.0</v>
+        <v>3220.0</v>
       </c>
       <c r="G12" s="6">
-        <v>212150.0</v>
+        <v>33211.0</v>
       </c>
       <c r="H12" s="6">
-        <v>250522.0</v>
+        <v>54544.0</v>
       </c>
       <c r="I12" s="6">
-        <v>6830.0</v>
+        <v>4043.0</v>
       </c>
       <c r="J12" s="6">
-        <v>292589.0</v>
+        <v>36437.0</v>
       </c>
       <c r="K12" s="6">
-        <v>375906.0</v>
+        <v>60795.0</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Viešo paskelbimo vietos</t>
+            <t xml:space="preserve">Kompensacinis atlyginimas</t>
           </r>
         </is>
       </c>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C13" s="6">
-        <v>118075.0</v>
+        <v>203049.0</v>
       </c>
       <c r="D13" s="6">
-        <v>441221.0</v>
+        <v>1285442.0</v>
       </c>
       <c r="E13" s="6">
-        <v>905249.0</v>
+        <v>2128601.0</v>
       </c>
       <c r="F13" s="6">
-        <v>216916.0</v>
+        <v>401185.0</v>
       </c>
       <c r="G13" s="6">
-        <v>510105.0</v>
+        <v>1054956.0</v>
       </c>
       <c r="H13" s="6">
-        <v>984301.0</v>
+        <v>1770545.0</v>
       </c>
       <c r="I13" s="6">
-        <v>285915.0</v>
+        <v>356255.0</v>
       </c>
       <c r="J13" s="6">
-        <v>514187.0</v>
+        <v>1178470.0</v>
       </c>
       <c r="K13" s="6">
-        <v>1064621.0</v>
+        <v>2014848.0</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Televizijų transliavimas, retransliavimas ir radijo stočių transliavimas</t>
+            <t xml:space="preserve">Kompensacinis atlyginimas už vaizdo klipus iš AVAKA</t>
           </r>
         </is>
       </c>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C14" s="6">
-        <v>135509.0</v>
-[...23 lines deleted...]
-        <v>17</v>
+        <v>1026.0</v>
+      </c>
+      <c r="D14" s="6">
+        <v>13807.0</v>
+      </c>
+      <c r="E14" s="6">
+        <v>13291.0</v>
+      </c>
+      <c r="F14" s="6">
+        <v>3116.0</v>
+      </c>
+      <c r="G14" s="6">
+        <v>7395.0</v>
+      </c>
+      <c r="H14" s="6">
+        <v>9616.0</v>
+      </c>
+      <c r="I14" s="6">
+        <v>833.0</v>
+      </c>
+      <c r="J14" s="6">
+        <v>5338.0</v>
+      </c>
+      <c r="K14" s="6">
+        <v>10042.0</v>
       </c>
     </row>
     <row r="15" spans="1:11">
+      <c r="A15" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">PAKARTOT.LT abonementinis mokestis</t>
+          </r>
+        </is>
+      </c>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Radijo stočių transliavimas</t>
-[...4 lines deleted...]
-        <v>17</v>
+            <t xml:space="preserve">Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="C15" s="6">
+        <v>322.0</v>
       </c>
       <c r="D15" s="6">
-        <v>211380.0</v>
+        <v>12591.0</v>
       </c>
       <c r="E15" s="6">
-        <v>446092.0</v>
+        <v>18842.0</v>
       </c>
       <c r="F15" s="6">
-        <v>123501.0</v>
+        <v>709.0</v>
       </c>
       <c r="G15" s="6">
-        <v>228971.0</v>
+        <v>13023.0</v>
       </c>
       <c r="H15" s="6">
-        <v>468460.0</v>
+        <v>18114.0</v>
       </c>
       <c r="I15" s="6">
-        <v>160825.0</v>
+        <v>707.0</v>
       </c>
       <c r="J15" s="6">
-        <v>225652.0</v>
+        <v>11849.0</v>
       </c>
       <c r="K15" s="6">
-        <v>524757.0</v>
+        <v>15446.0</v>
       </c>
     </row>
     <row r="16" spans="1:11">
+      <c r="A16" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">PAKARTOT.LT puslapyje gauta parama</t>
+          </r>
+        </is>
+      </c>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Retransliavimas</t>
-[...4 lines deleted...]
-        <v>17</v>
+            <t xml:space="preserve">Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="C16" s="6">
+        <v>7.0</v>
       </c>
       <c r="D16" s="6">
-        <v>361846.0</v>
+        <v>277.0</v>
       </c>
       <c r="E16" s="6">
-        <v>556023.0</v>
+        <v>428.0</v>
       </c>
       <c r="F16" s="6">
-        <v>72607.0</v>
+        <v>15.0</v>
       </c>
       <c r="G16" s="6">
-        <v>310121.0</v>
+        <v>0.0</v>
       </c>
       <c r="H16" s="6">
-        <v>511042.0</v>
+        <v>0.0</v>
       </c>
       <c r="I16" s="6">
-        <v>100846.0</v>
+        <v>60.0</v>
       </c>
       <c r="J16" s="6">
-        <v>315192.0</v>
+        <v>0.0</v>
       </c>
       <c r="K16" s="6">
-        <v>623992.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:11">
+      <c r="A17" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Tarptautinės muzikos platformos</t>
+          </r>
+        </is>
+      </c>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Televizijų transliavimas</t>
-[...4 lines deleted...]
-        <v>17</v>
+            <t xml:space="preserve">Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="C17" s="6">
+        <v>1370.0</v>
       </c>
       <c r="D17" s="6">
-        <v>768310.0</v>
+        <v>243750.0</v>
       </c>
       <c r="E17" s="6">
-        <v>1171117.0</v>
+        <v>244940.0</v>
       </c>
       <c r="F17" s="6">
-        <v>63548.0</v>
+        <v>9412.0</v>
       </c>
       <c r="G17" s="6">
-        <v>708851.0</v>
+        <v>212150.0</v>
       </c>
       <c r="H17" s="6">
-        <v>1179737.0</v>
+        <v>250522.0</v>
       </c>
       <c r="I17" s="6">
-        <v>130973.0</v>
+        <v>6830.0</v>
       </c>
       <c r="J17" s="6">
-        <v>740291.0</v>
+        <v>292589.0</v>
       </c>
       <c r="K17" s="6">
-        <v>1359580.0</v>
+        <v>375906.0</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Iš užsienio giminingų asociacijų gautas atlyginimas</t>
+            <t xml:space="preserve">Viešo paskelbimo vietos</t>
           </r>
         </is>
       </c>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C18" s="6">
-        <v>158.0</v>
+        <v>118075.0</v>
       </c>
       <c r="D18" s="6">
-        <v>8780.0</v>
+        <v>441221.0</v>
       </c>
       <c r="E18" s="6">
-        <v>6878.0</v>
+        <v>905249.0</v>
       </c>
       <c r="F18" s="6">
-        <v>2855.0</v>
+        <v>216916.0</v>
       </c>
       <c r="G18" s="6">
-        <v>0.0</v>
+        <v>510105.0</v>
       </c>
       <c r="H18" s="6">
-        <v>929.0</v>
+        <v>984301.0</v>
       </c>
       <c r="I18" s="6">
-        <v>163.0</v>
+        <v>285915.0</v>
       </c>
       <c r="J18" s="6">
-        <v>9876.0</v>
+        <v>514187.0</v>
       </c>
       <c r="K18" s="6">
-        <v>24871.0</v>
+        <v>1064621.0</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">Televizijų transliavimas, retransliavimas ir radijo stočių transliavimas</t>
+          </r>
+        </is>
+      </c>
+      <c r="B19" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">Iš viso</t>
           </r>
         </is>
       </c>
-      <c r="B19" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C19" s="6">
-        <v>461738.0</v>
-[...23 lines deleted...]
-        <v>6074858.0</v>
+        <v>135509.0</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F19" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="I19" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J19" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="K19" s="6" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:11">
-      <c r="A20" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Iš viso</t>
-[...4 lines deleted...]
-        <v>2223.0</v>
+            <t xml:space="preserve">Radijo stočių transliavimas</t>
+          </r>
+        </is>
+      </c>
+      <c r="C20" s="6" t="s">
+        <v>21</v>
       </c>
       <c r="D20" s="6">
-        <v>26727.0</v>
+        <v>211380.0</v>
       </c>
       <c r="E20" s="6">
-        <v>44114.0</v>
+        <v>446092.0</v>
       </c>
       <c r="F20" s="6">
-        <v>3220.0</v>
+        <v>123501.0</v>
       </c>
       <c r="G20" s="6">
-        <v>33211.0</v>
+        <v>228971.0</v>
       </c>
       <c r="H20" s="6">
-        <v>54544.0</v>
+        <v>468460.0</v>
       </c>
       <c r="I20" s="6">
-        <v>4043.0</v>
+        <v>160825.0</v>
       </c>
       <c r="J20" s="6">
-        <v>36437.0</v>
+        <v>225652.0</v>
       </c>
       <c r="K20" s="6">
-        <v>60795.0</v>
+        <v>524757.0</v>
       </c>
     </row>
     <row r="21" spans="1:11">
-      <c r="A21" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Iš viso</t>
-[...4 lines deleted...]
-        <v>203049.0</v>
+            <t xml:space="preserve">Retransliavimas</t>
+          </r>
+        </is>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>21</v>
       </c>
       <c r="D21" s="6">
-        <v>1285442.0</v>
+        <v>361846.0</v>
       </c>
       <c r="E21" s="6">
-        <v>2128601.0</v>
+        <v>556023.0</v>
       </c>
       <c r="F21" s="6">
-        <v>401185.0</v>
+        <v>72607.0</v>
       </c>
       <c r="G21" s="6">
-        <v>1054956.0</v>
+        <v>310121.0</v>
       </c>
       <c r="H21" s="6">
-        <v>1770545.0</v>
+        <v>511042.0</v>
       </c>
       <c r="I21" s="6">
-        <v>356255.0</v>
+        <v>100846.0</v>
       </c>
       <c r="J21" s="6">
-        <v>1178470.0</v>
+        <v>315192.0</v>
       </c>
       <c r="K21" s="6">
-        <v>2014848.0</v>
+        <v>623992.0</v>
       </c>
     </row>
     <row r="22" spans="1:11">
-      <c r="A22" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Iš viso</t>
-[...4 lines deleted...]
-        <v>1026.0</v>
+            <t xml:space="preserve">Televizijų transliavimas</t>
+          </r>
+        </is>
+      </c>
+      <c r="C22" s="6" t="s">
+        <v>21</v>
       </c>
       <c r="D22" s="6">
-        <v>13807.0</v>
+        <v>768310.0</v>
       </c>
       <c r="E22" s="6">
-        <v>13291.0</v>
+        <v>1171117.0</v>
       </c>
       <c r="F22" s="6">
-        <v>3116.0</v>
+        <v>63548.0</v>
       </c>
       <c r="G22" s="6">
-        <v>7395.0</v>
+        <v>708851.0</v>
       </c>
       <c r="H22" s="6">
-        <v>9616.0</v>
+        <v>1179737.0</v>
       </c>
       <c r="I22" s="6">
-        <v>833.0</v>
+        <v>130973.0</v>
       </c>
       <c r="J22" s="6">
-        <v>5338.0</v>
+        <v>740291.0</v>
       </c>
       <c r="K22" s="6">
-        <v>10042.0</v>
+        <v>1359580.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="B4:K4"/>
     <mergeCell ref="C8:E8"/>
     <mergeCell ref="F8:H8"/>
     <mergeCell ref="I8:K8"/>
-    <mergeCell ref="A14:A17"/>
+    <mergeCell ref="A19:A22"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>