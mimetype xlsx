--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -246,65 +246,65 @@
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Už audiovizualines laikmenas ir įrenginius surinktų sumų paskirstymas</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
+      <t xml:space="preserve">Aktoriai</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
       <t xml:space="preserve">Audiovizualinių kūrinių gamintojai</t>
-    </r>
-[...12 lines deleted...]
-      <t xml:space="preserve">Aktoriai</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">AGATA atstovaujami muzikos atlikėjai, fonogramų gamintojai bei aktoriai</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
@@ -1044,303 +1044,303 @@
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Už audiovizualines laikmenas ir įrenginius surinktų sumų paskirstymas</t>
           </r>
         </is>
       </c>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Audiovizualinių kūrinių gamintojai</t>
+            <t xml:space="preserve">Autoriai</t>
           </r>
         </is>
       </c>
       <c r="C13" s="6">
         <v>317953.78</v>
       </c>
       <c r="D13" s="6">
         <v>493414.3</v>
       </c>
       <c r="E13" s="6">
         <v>620115.65</v>
       </c>
       <c r="F13" s="6">
         <v>615283.0</v>
       </c>
       <c r="G13" s="6">
-        <v>700844.0</v>
+        <v>700884.0</v>
       </c>
       <c r="H13" s="6">
         <v>569456.18</v>
       </c>
       <c r="I13" s="6">
         <v>601156.0</v>
       </c>
       <c r="J13" s="6">
         <v>598541.33</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Autoriai</t>
+            <t xml:space="preserve">Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C14" s="6">
-        <v>317953.78</v>
+        <v>953861.35</v>
       </c>
       <c r="D14" s="6">
-        <v>493414.3</v>
+        <v>1480242.91</v>
       </c>
       <c r="E14" s="6">
-        <v>620115.65</v>
+        <v>1860346.94</v>
       </c>
       <c r="F14" s="6">
-        <v>615283.0</v>
+        <v>1845848.0</v>
       </c>
       <c r="G14" s="6">
-        <v>700884.0</v>
+        <v>2102652.0</v>
       </c>
       <c r="H14" s="6">
-        <v>569456.18</v>
+        <v>1708368.53</v>
       </c>
       <c r="I14" s="6">
-        <v>601156.0</v>
+        <v>1803468.0</v>
       </c>
       <c r="J14" s="6">
-        <v>598541.33</v>
+        <v>1795624.0</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Iš viso</t>
+            <t xml:space="preserve">Aktoriai</t>
           </r>
         </is>
       </c>
       <c r="C15" s="6">
-        <v>953861.35</v>
+        <v>317953.78</v>
       </c>
       <c r="D15" s="6">
-        <v>1480242.91</v>
+        <v>493414.3</v>
       </c>
       <c r="E15" s="6">
-        <v>1860346.94</v>
+        <v>620115.65</v>
       </c>
       <c r="F15" s="6">
-        <v>1845848.0</v>
+        <v>615283.0</v>
       </c>
       <c r="G15" s="6">
-        <v>2102652.0</v>
+        <v>700834.0</v>
       </c>
       <c r="H15" s="6">
-        <v>1708368.53</v>
+        <v>569456.18</v>
       </c>
       <c r="I15" s="6">
-        <v>1803468.0</v>
+        <v>601156.0</v>
       </c>
       <c r="J15" s="6">
-        <v>1795624.0</v>
+        <v>598541.33</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Aktoriai</t>
+            <t xml:space="preserve">Audiovizualinių kūrinių gamintojai</t>
           </r>
         </is>
       </c>
       <c r="C16" s="6">
         <v>317953.78</v>
       </c>
       <c r="D16" s="6">
         <v>493414.3</v>
       </c>
       <c r="E16" s="6">
         <v>620115.65</v>
       </c>
       <c r="F16" s="6">
         <v>615283.0</v>
       </c>
       <c r="G16" s="6">
-        <v>700834.0</v>
+        <v>700844.0</v>
       </c>
       <c r="H16" s="6">
         <v>569456.18</v>
       </c>
       <c r="I16" s="6">
         <v>601156.0</v>
       </c>
       <c r="J16" s="6">
         <v>598541.33</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Iš viso</t>
           </r>
         </is>
       </c>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">AGATA atstovaujami muzikos atlikėjai, fonogramų gamintojai bei aktoriai</t>
+            <t xml:space="preserve">Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C17" s="6">
-        <v>1223619.55</v>
+        <v>2312360.0</v>
       </c>
       <c r="D17" s="6">
-        <v>1855481.9</v>
+        <v>3523344.35</v>
       </c>
       <c r="E17" s="6">
-        <v>2059938.5</v>
+        <v>4020081.22</v>
       </c>
       <c r="F17" s="6">
-        <v>1883493.0</v>
+        <v>3748163.0</v>
       </c>
       <c r="G17" s="6">
-        <v>2168766.0</v>
+        <v>4304475.0</v>
       </c>
       <c r="H17" s="6">
-        <v>1723250.56</v>
+        <v>3439060.1</v>
       </c>
       <c r="I17" s="6">
-        <v>2068906.0</v>
+        <v>4005094.0</v>
       </c>
       <c r="J17" s="6">
-        <v>1902892.0</v>
+        <v>3752150.0</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Iš viso</t>
+            <t xml:space="preserve">AGATA atstovaujami muzikos atlikėjai, fonogramų gamintojai bei aktoriai</t>
           </r>
         </is>
       </c>
       <c r="C18" s="6">
-        <v>2312360.0</v>
+        <v>1223619.55</v>
       </c>
       <c r="D18" s="6">
-        <v>3523344.35</v>
+        <v>1855481.9</v>
       </c>
       <c r="E18" s="6">
-        <v>4020081.22</v>
+        <v>2059938.5</v>
       </c>
       <c r="F18" s="6">
-        <v>3748163.0</v>
+        <v>1883493.0</v>
       </c>
       <c r="G18" s="6">
-        <v>4304475.0</v>
+        <v>2168766.0</v>
       </c>
       <c r="H18" s="6">
-        <v>3439060.1</v>
+        <v>1723250.56</v>
       </c>
       <c r="I18" s="6">
-        <v>4005094.0</v>
+        <v>2068906.0</v>
       </c>
       <c r="J18" s="6">
-        <v>3752150.0</v>
+        <v>1902892.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="B4:J4"/>
     <mergeCell ref="A9:A12"/>
     <mergeCell ref="A13:A16"/>
     <mergeCell ref="A17:A18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 