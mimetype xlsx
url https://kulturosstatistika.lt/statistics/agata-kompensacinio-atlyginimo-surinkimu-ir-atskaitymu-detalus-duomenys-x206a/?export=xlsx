--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -350,135 +350,135 @@
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Įplaukos</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
+      <t xml:space="preserve">Einamųjų metų pajamos (pagal išrašytas saskaitas)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Iš viso suma paskirstymui (faktinės įplaukos)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Iš viso neapmokėtos sąskaitos</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Išrašyti mokėjimų pranešimai (sąskaitos) kitų metų sausio-vasario mėn. už ataskaitinius metus</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
       <t xml:space="preserve">Per ataskaitinius metus išrašyti mokėjimų pranešimai (sąskaitos)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Perkelta iš ankstesnio laikotarpio (nepaskirstyta suma pagal iki einamųjų metų išrašytas sąskaitas)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Sugrąžintas atlyginimas</t>
-    </r>
-[...54 lines deleted...]
-      <t xml:space="preserve">Išrašyti mokėjimų pranešimai (sąskaitos) kitų metų sausio-vasario mėn. už ataskaitinius metus</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Galutinė teisių turėtojams tenkanti suma paskirstymui po atskaitymų</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
@@ -1863,329 +1863,329 @@
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Kita / nenurodyta</t>
           </r>
         </is>
       </c>
       <c r="C26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Per ataskaitinius metus išrašyti mokėjimų pranešimai (sąskaitos)</t>
+            <t xml:space="preserve">Einamųjų metų pajamos (pagal išrašytas saskaitas)</t>
           </r>
         </is>
       </c>
       <c r="D26" s="6">
-        <v>3219502.93</v>
+        <v>5054367.31</v>
       </c>
       <c r="E26" s="6">
-        <v>3817842.81</v>
+        <v>4586779.17</v>
       </c>
       <c r="F26" s="6">
-        <v>4180866.09</v>
+        <v>4913021.13</v>
       </c>
       <c r="G26" s="6">
-        <v>4533875.0</v>
+        <v>5372567.0</v>
       </c>
       <c r="H26" s="6">
-        <v>5226715.0</v>
+        <v>5651877.0</v>
       </c>
       <c r="I26" s="6">
-        <v>4652105.1</v>
+        <v>5211577.02</v>
       </c>
       <c r="J26" s="6">
-        <v>4255925.0</v>
+        <v>4774381.0</v>
       </c>
       <c r="K26" s="6">
-        <v>4754167.0</v>
+        <v>5278179.0</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="C27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Perkelta iš ankstesnio laikotarpio (nepaskirstyta suma pagal iki einamųjų metų išrašytas sąskaitas)</t>
+            <t xml:space="preserve">Iš viso suma paskirstymui (faktinės įplaukos)</t>
           </r>
         </is>
       </c>
       <c r="D27" s="6">
-        <v>263195.76</v>
+        <v>3179530.66</v>
       </c>
       <c r="E27" s="6">
-        <v>2138032.41</v>
+        <v>4802131.57</v>
       </c>
       <c r="F27" s="6">
-        <v>1922680.01</v>
+        <v>5452205.43</v>
       </c>
       <c r="G27" s="6">
-        <v>1383496.0</v>
+        <v>5088442.0</v>
       </c>
       <c r="H27" s="6">
-        <v>1667621.0</v>
+        <v>5863358.0</v>
       </c>
       <c r="I27" s="6">
-        <v>1456140.55</v>
+        <v>4722514.53</v>
       </c>
       <c r="J27" s="6">
-        <v>1945203.0</v>
+        <v>5491004.0</v>
       </c>
       <c r="K27" s="6">
-        <v>1228580.0</v>
+        <v>5154718.0</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="C28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Sugrąžintas atlyginimas</t>
+            <t xml:space="preserve">Iš viso neapmokėtos sąskaitos</t>
           </r>
         </is>
       </c>
       <c r="D28" s="6">
-        <v>163348.38</v>
+        <v>2138032.41</v>
       </c>
       <c r="E28" s="6">
-        <v>405664.07</v>
+        <v>1922680.01</v>
       </c>
       <c r="F28" s="6">
-        <v>395574.23</v>
+        <v>1383495.71</v>
       </c>
       <c r="G28" s="6">
-        <v>603261.0</v>
+        <v>1667621.0</v>
       </c>
       <c r="H28" s="6">
-        <v>672330.0</v>
+        <v>1456141.0</v>
       </c>
       <c r="I28" s="6">
-        <v>490276.34</v>
+        <v>1945203.04</v>
       </c>
       <c r="J28" s="6">
-        <v>541177.0</v>
+        <v>1228580.0</v>
       </c>
       <c r="K28" s="6">
-        <v>459165.0</v>
+        <v>1352040.0</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="C29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Einamųjų metų pajamos (pagal išrašytas saskaitas)</t>
+            <t xml:space="preserve">Išrašyti mokėjimų pranešimai (sąskaitos) kitų metų sausio-vasario mėn. už ataskaitinius metus</t>
           </r>
         </is>
       </c>
       <c r="D29" s="6">
-        <v>5054367.31</v>
+        <v>1998212.76</v>
       </c>
       <c r="E29" s="6">
-        <v>4586779.17</v>
+        <v>1174600.43</v>
       </c>
       <c r="F29" s="6">
-        <v>4913021.13</v>
+        <v>1127729.27</v>
       </c>
       <c r="G29" s="6">
-        <v>5372567.0</v>
+        <v>1441953.0</v>
       </c>
       <c r="H29" s="6">
-        <v>5651877.0</v>
+        <v>1097492.0</v>
       </c>
       <c r="I29" s="6">
-        <v>5211577.02</v>
+        <v>1049748.26</v>
       </c>
       <c r="J29" s="6">
-        <v>4774381.0</v>
+        <v>1059633.0</v>
       </c>
       <c r="K29" s="6">
-        <v>5278179.0</v>
+        <v>943434.0</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="C30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Iš viso suma paskirstymui (faktinės įplaukos)</t>
+            <t xml:space="preserve">Per ataskaitinius metus išrašyti mokėjimų pranešimai (sąskaitos)</t>
           </r>
         </is>
       </c>
       <c r="D30" s="6">
-        <v>3179530.66</v>
+        <v>3219502.93</v>
       </c>
       <c r="E30" s="6">
-        <v>4802131.57</v>
+        <v>3817842.81</v>
       </c>
       <c r="F30" s="6">
-        <v>5452205.43</v>
+        <v>4180866.09</v>
       </c>
       <c r="G30" s="6">
-        <v>5088442.0</v>
+        <v>4533875.0</v>
       </c>
       <c r="H30" s="6">
-        <v>5863358.0</v>
+        <v>5226715.0</v>
       </c>
       <c r="I30" s="6">
-        <v>4722514.53</v>
+        <v>4652105.1</v>
       </c>
       <c r="J30" s="6">
-        <v>5491004.0</v>
+        <v>4255925.0</v>
       </c>
       <c r="K30" s="6">
-        <v>5154718.0</v>
+        <v>4754167.0</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="C31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Iš viso neapmokėtos sąskaitos</t>
+            <t xml:space="preserve">Perkelta iš ankstesnio laikotarpio (nepaskirstyta suma pagal iki einamųjų metų išrašytas sąskaitas)</t>
           </r>
         </is>
       </c>
       <c r="D31" s="6">
+        <v>263195.76</v>
+      </c>
+      <c r="E31" s="6">
         <v>2138032.41</v>
       </c>
-      <c r="E31" s="6">
+      <c r="F31" s="6">
         <v>1922680.01</v>
       </c>
-      <c r="F31" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="G31" s="6">
+        <v>1383496.0</v>
+      </c>
+      <c r="H31" s="6">
         <v>1667621.0</v>
       </c>
-      <c r="H31" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="I31" s="6">
-        <v>1945203.04</v>
+        <v>1456140.55</v>
       </c>
       <c r="J31" s="6">
+        <v>1945203.0</v>
+      </c>
+      <c r="K31" s="6">
         <v>1228580.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1352040.0</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="C32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Išrašyti mokėjimų pranešimai (sąskaitos) kitų metų sausio-vasario mėn. už ataskaitinius metus</t>
+            <t xml:space="preserve">Sugrąžintas atlyginimas</t>
           </r>
         </is>
       </c>
       <c r="D32" s="6">
-        <v>1998212.76</v>
+        <v>163348.38</v>
       </c>
       <c r="E32" s="6">
-        <v>1174600.43</v>
+        <v>405664.07</v>
       </c>
       <c r="F32" s="6">
-        <v>1127729.27</v>
+        <v>395574.23</v>
       </c>
       <c r="G32" s="6">
-        <v>1441953.0</v>
+        <v>603261.0</v>
       </c>
       <c r="H32" s="6">
-        <v>1097492.0</v>
+        <v>672330.0</v>
       </c>
       <c r="I32" s="6">
-        <v>1049748.26</v>
+        <v>490276.34</v>
       </c>
       <c r="J32" s="6">
-        <v>1059633.0</v>
+        <v>541177.0</v>
       </c>
       <c r="K32" s="6">
-        <v>943434.0</v>
+        <v>459165.0</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Iš viso</t>
           </r>
         </is>
       </c>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>