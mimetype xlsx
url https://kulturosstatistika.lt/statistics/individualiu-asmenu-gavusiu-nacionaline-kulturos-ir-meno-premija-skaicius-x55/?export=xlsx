--- v0 (2025-12-07)
+++ v1 (2026-03-21)
@@ -50,51 +50,51 @@
     </r>
   </si>
   <si>
     <t>Matavimo vienetai</t>
   </si>
   <si>
     <t>asmenys</t>
   </si>
   <si>
     <t>Kultūros ar kūrybos (meno) sritis</t>
   </si>
   <si>
     <t>Visos</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2022</t>
+      <t xml:space="preserve">2023</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Moterys ir vyrai</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
@@ -106,65 +106,65 @@
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Vyrai</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2023</t>
+      <t xml:space="preserve">2024</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2024</t>
+      <t xml:space="preserve">2025</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Iš viso nuo stebėjimų pradžios</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -593,83 +593,83 @@
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
         <v>3</v>
       </c>
       <c r="B7" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="H9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Iš viso nuo stebėjimų pradžios</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="B10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -861,81 +861,81 @@
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visos</t>
           </r>
         </is>
       </c>
       <c r="B11" s="6">
         <v>6.0</v>
       </c>
       <c r="C11" s="6">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="D11" s="6">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="E11" s="6">
         <v>6.0</v>
       </c>
       <c r="F11" s="6">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="G11" s="6">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="H11" s="6">
         <v>6.0</v>
       </c>
       <c r="I11" s="6">
         <v>3.0</v>
       </c>
       <c r="J11" s="6">
         <v>3.0</v>
       </c>
       <c r="K11" s="6">
-        <v>232.0</v>
+        <v>238.0</v>
       </c>
       <c r="L11" s="6">
-        <v>54.0</v>
+        <v>57.0</v>
       </c>
       <c r="M11" s="6">
-        <v>178.0</v>
+        <v>181.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="B4:M4"/>
     <mergeCell ref="B7:M7"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="E9:G9"/>
     <mergeCell ref="H9:J9"/>
     <mergeCell ref="K9:M9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>