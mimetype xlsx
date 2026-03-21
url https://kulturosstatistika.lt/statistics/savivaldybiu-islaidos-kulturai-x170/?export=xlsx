--- v0 (2025-12-07)
+++ v1 (2026-03-21)
@@ -1570,2991 +1570,2991 @@
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="6">
         <v>3.34</v>
       </c>
       <c r="D11" s="6">
         <v>3.81</v>
       </c>
       <c r="E11" s="6">
         <v>4.04</v>
       </c>
       <c r="F11" s="6">
         <v>4.41</v>
       </c>
       <c r="G11" s="6">
-        <v>4.83</v>
+        <v>4.53</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Alytaus m. sav.</t>
           </r>
         </is>
       </c>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="6">
         <v>3.69</v>
       </c>
       <c r="D12" s="6">
         <v>3.96</v>
       </c>
       <c r="E12" s="6">
         <v>3.38</v>
       </c>
       <c r="F12" s="6">
         <v>4.13</v>
       </c>
       <c r="G12" s="6">
-        <v>3.78</v>
+        <v>3.35</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Alytaus r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="6">
         <v>4.25</v>
       </c>
       <c r="D13" s="6">
         <v>4.42</v>
       </c>
       <c r="E13" s="6">
         <v>3.71</v>
       </c>
       <c r="F13" s="6">
         <v>3.52</v>
       </c>
       <c r="G13" s="6">
-        <v>4.16</v>
+        <v>3.49</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Anykščių r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="6">
         <v>8.22</v>
       </c>
       <c r="D14" s="6">
         <v>6.98</v>
       </c>
       <c r="E14" s="6">
         <v>7.01</v>
       </c>
       <c r="F14" s="6">
         <v>6.99</v>
       </c>
       <c r="G14" s="6">
-        <v>6.63</v>
+        <v>7.21</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Birštono sav.</t>
           </r>
         </is>
       </c>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="6">
         <v>8.62</v>
       </c>
       <c r="D15" s="6">
         <v>8.52</v>
       </c>
       <c r="E15" s="6">
         <v>9.42</v>
       </c>
       <c r="F15" s="6">
         <v>9.78</v>
       </c>
       <c r="G15" s="6">
-        <v>10.47</v>
+        <v>9.77</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Biržų r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="6">
         <v>6.26</v>
       </c>
       <c r="D16" s="6">
         <v>6.43</v>
       </c>
       <c r="E16" s="6">
         <v>6.08</v>
       </c>
       <c r="F16" s="6">
         <v>5.94</v>
       </c>
       <c r="G16" s="6">
-        <v>5.89</v>
+        <v>6.19</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Druskininkų sav.</t>
           </r>
         </is>
       </c>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="6">
         <v>19.94</v>
       </c>
       <c r="D17" s="6">
         <v>10.29</v>
       </c>
       <c r="E17" s="6">
         <v>6.43</v>
       </c>
       <c r="F17" s="6">
         <v>6.37</v>
       </c>
       <c r="G17" s="6">
-        <v>6.93</v>
+        <v>5.01</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Elektrėnų sav.</t>
           </r>
         </is>
       </c>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="6">
         <v>5.09</v>
       </c>
       <c r="D18" s="6">
         <v>5.42</v>
       </c>
       <c r="E18" s="6">
         <v>5.48</v>
       </c>
       <c r="F18" s="6">
         <v>5.35</v>
       </c>
       <c r="G18" s="6">
-        <v>5.12</v>
+        <v>5.79</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Ignalinos r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="6">
         <v>6.34</v>
       </c>
       <c r="D19" s="6">
         <v>5.93</v>
       </c>
       <c r="E19" s="6">
         <v>6.26</v>
       </c>
       <c r="F19" s="6">
         <v>6.91</v>
       </c>
       <c r="G19" s="6">
-        <v>6.07</v>
+        <v>6.65</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Jonavos r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="6">
         <v>4.39</v>
       </c>
       <c r="D20" s="6">
         <v>4.14</v>
       </c>
       <c r="E20" s="6">
         <v>3.97</v>
       </c>
       <c r="F20" s="6">
         <v>4.11</v>
       </c>
       <c r="G20" s="6">
-        <v>3.29</v>
+        <v>3.74</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Joniškio r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="6">
         <v>5.51</v>
       </c>
       <c r="D21" s="6">
         <v>8.18</v>
       </c>
       <c r="E21" s="6">
         <v>6.51</v>
       </c>
       <c r="F21" s="6">
         <v>5.65</v>
       </c>
       <c r="G21" s="6">
-        <v>5.35</v>
+        <v>5.66</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Jurbarko r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="6">
         <v>9.94</v>
       </c>
       <c r="D22" s="6">
         <v>8.79</v>
       </c>
       <c r="E22" s="6">
         <v>6.84</v>
       </c>
       <c r="F22" s="6">
         <v>6.15</v>
       </c>
       <c r="G22" s="6">
-        <v>6.44</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Kaišiadorių r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="6">
         <v>6.09</v>
       </c>
       <c r="D23" s="6">
         <v>5.92</v>
       </c>
       <c r="E23" s="6">
         <v>5.7</v>
       </c>
       <c r="F23" s="6">
         <v>6.63</v>
       </c>
       <c r="G23" s="6">
-        <v>5.74</v>
+        <v>5.88</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Kalvarijos sav.</t>
           </r>
         </is>
       </c>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="6">
         <v>5.74</v>
       </c>
       <c r="D24" s="6">
         <v>5.65</v>
       </c>
       <c r="E24" s="6">
         <v>5.44</v>
       </c>
       <c r="F24" s="6">
         <v>5.14</v>
       </c>
       <c r="G24" s="6">
-        <v>5.09</v>
+        <v>5.34</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Kauno m. sav.</t>
           </r>
         </is>
       </c>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="6">
         <v>3.39</v>
       </c>
       <c r="D25" s="6">
         <v>5.34</v>
       </c>
       <c r="E25" s="6">
         <v>3.67</v>
       </c>
       <c r="F25" s="6">
         <v>3.84</v>
       </c>
       <c r="G25" s="6">
-        <v>2.38</v>
+        <v>2.51</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Kauno r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="6">
         <v>5.18</v>
       </c>
       <c r="D26" s="6">
         <v>5.28</v>
       </c>
       <c r="E26" s="6">
         <v>4.41</v>
       </c>
       <c r="F26" s="6">
         <v>5.04</v>
       </c>
       <c r="G26" s="6">
-        <v>4.66</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Kazlų Rūdos sav.</t>
           </r>
         </is>
       </c>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="6">
         <v>3.81</v>
       </c>
       <c r="D27" s="6">
         <v>4.05</v>
       </c>
       <c r="E27" s="6">
         <v>4.97</v>
       </c>
       <c r="F27" s="6">
         <v>5.13</v>
       </c>
       <c r="G27" s="6">
-        <v>5.02</v>
+        <v>4.78</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Kėdainių r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="6">
         <v>7.65</v>
       </c>
       <c r="D28" s="6">
         <v>7.02</v>
       </c>
       <c r="E28" s="6">
         <v>5.92</v>
       </c>
       <c r="F28" s="6">
         <v>6.86</v>
       </c>
       <c r="G28" s="6">
-        <v>6.62</v>
+        <v>7.59</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Kelmės r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="6">
         <v>7.1</v>
       </c>
       <c r="D29" s="6">
         <v>7.25</v>
       </c>
       <c r="E29" s="6">
         <v>7.85</v>
       </c>
       <c r="F29" s="6">
         <v>9.07</v>
       </c>
       <c r="G29" s="6">
-        <v>8.73</v>
+        <v>8.65</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Klaipėdos m. sav.</t>
           </r>
         </is>
       </c>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="6">
         <v>2.61</v>
       </c>
       <c r="D30" s="6">
         <v>2.78</v>
       </c>
       <c r="E30" s="6">
         <v>2.79</v>
       </c>
       <c r="F30" s="6">
         <v>3.13</v>
       </c>
       <c r="G30" s="6">
-        <v>2.62</v>
+        <v>2.91</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Klaipėdos r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="6">
         <v>4.95</v>
       </c>
       <c r="D31" s="6">
         <v>5.53</v>
       </c>
       <c r="E31" s="6">
         <v>6.54</v>
       </c>
       <c r="F31" s="6">
         <v>5.91</v>
       </c>
       <c r="G31" s="6">
-        <v>9.77</v>
+        <v>6.42</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Kretingos r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="6">
         <v>6.63</v>
       </c>
       <c r="D32" s="6">
         <v>6.9</v>
       </c>
       <c r="E32" s="6">
         <v>6.46</v>
       </c>
       <c r="F32" s="6">
         <v>6.22</v>
       </c>
       <c r="G32" s="6">
-        <v>6.73</v>
+        <v>6.44</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Kupiškio r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="6">
         <v>7.18</v>
       </c>
       <c r="D33" s="6">
         <v>8.28</v>
       </c>
       <c r="E33" s="6">
         <v>7.02</v>
       </c>
       <c r="F33" s="6">
         <v>6.59</v>
       </c>
       <c r="G33" s="6">
-        <v>5.61</v>
+        <v>6.79</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Lazdijų r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="6">
         <v>5.55</v>
       </c>
       <c r="D34" s="6">
         <v>5.6</v>
       </c>
       <c r="E34" s="6">
         <v>5.46</v>
       </c>
       <c r="F34" s="6">
         <v>5.59</v>
       </c>
       <c r="G34" s="6">
-        <v>5.17</v>
+        <v>5.84</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Lietuvos Respublika (be valstybės išlaidų)</t>
           </r>
         </is>
       </c>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C35" s="6">
         <v>4.69</v>
       </c>
       <c r="D35" s="6">
         <v>4.76</v>
       </c>
       <c r="E35" s="6">
         <v>4.36</v>
       </c>
       <c r="F35" s="6">
         <v>4.64</v>
       </c>
       <c r="G35" s="6">
-        <v>4.2</v>
+        <v>4.53</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Marijampolės sav.</t>
           </r>
         </is>
       </c>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C36" s="6">
         <v>5.51</v>
       </c>
       <c r="D36" s="6">
         <v>5.21</v>
       </c>
       <c r="E36" s="6">
         <v>5.69</v>
       </c>
       <c r="F36" s="6">
         <v>5.61</v>
       </c>
       <c r="G36" s="6">
-        <v>4.85</v>
+        <v>4.87</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Mažeikių r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C37" s="6">
         <v>4.64</v>
       </c>
       <c r="D37" s="6">
         <v>4.54</v>
       </c>
       <c r="E37" s="6">
         <v>4.26</v>
       </c>
       <c r="F37" s="6">
         <v>4.27</v>
       </c>
       <c r="G37" s="6">
-        <v>3.71</v>
+        <v>4.21</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Molėtų r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C38" s="6">
         <v>5.82</v>
       </c>
       <c r="D38" s="6">
         <v>5.98</v>
       </c>
       <c r="E38" s="6">
         <v>6.39</v>
       </c>
       <c r="F38" s="6">
         <v>6.19</v>
       </c>
       <c r="G38" s="6">
-        <v>7.44</v>
+        <v>6.37</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Neringos sav.</t>
           </r>
         </is>
       </c>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C39" s="6">
         <v>22.94</v>
       </c>
       <c r="D39" s="6">
         <v>20.69</v>
       </c>
       <c r="E39" s="6">
         <v>22.3</v>
       </c>
       <c r="F39" s="6">
         <v>30.53</v>
       </c>
       <c r="G39" s="6">
-        <v>26.87</v>
+        <v>24.43</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Pagėgių sav.</t>
           </r>
         </is>
       </c>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C40" s="6">
         <v>3.99</v>
       </c>
       <c r="D40" s="6">
         <v>4.4</v>
       </c>
       <c r="E40" s="6">
         <v>4.11</v>
       </c>
       <c r="F40" s="6">
         <v>4.05</v>
       </c>
       <c r="G40" s="6">
-        <v>3.69</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Pakruojo r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C41" s="6">
         <v>5.38</v>
       </c>
       <c r="D41" s="6">
         <v>5.65</v>
       </c>
       <c r="E41" s="6">
         <v>5.14</v>
       </c>
       <c r="F41" s="6">
         <v>5.54</v>
       </c>
       <c r="G41" s="6">
-        <v>5.23</v>
+        <v>5.72</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Palangos m. sav.</t>
           </r>
         </is>
       </c>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C42" s="6">
         <v>5.7</v>
       </c>
       <c r="D42" s="6">
         <v>5.68</v>
       </c>
       <c r="E42" s="6">
         <v>5.4</v>
       </c>
       <c r="F42" s="6">
         <v>6.14</v>
       </c>
       <c r="G42" s="6">
-        <v>7.08</v>
+        <v>6.36</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Panevėžio m. sav.</t>
           </r>
         </is>
       </c>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C43" s="6">
         <v>6.16</v>
       </c>
       <c r="D43" s="6">
         <v>8.94</v>
       </c>
       <c r="E43" s="6">
         <v>7.0</v>
       </c>
       <c r="F43" s="6">
         <v>6.22</v>
       </c>
       <c r="G43" s="6">
-        <v>6.45</v>
+        <v>7.69</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Panevėžio r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C44" s="6">
         <v>8.75</v>
       </c>
       <c r="D44" s="6">
         <v>7.54</v>
       </c>
       <c r="E44" s="6">
         <v>7.16</v>
       </c>
       <c r="F44" s="6">
         <v>7.51</v>
       </c>
       <c r="G44" s="6">
-        <v>6.81</v>
+        <v>6.83</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Pasvalio r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C45" s="6">
         <v>8.62</v>
       </c>
       <c r="D45" s="6">
         <v>9.16</v>
       </c>
       <c r="E45" s="6">
         <v>7.42</v>
       </c>
       <c r="F45" s="6">
         <v>7.63</v>
       </c>
       <c r="G45" s="6">
-        <v>8.0</v>
+        <v>7.19</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Plungės r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C46" s="6">
         <v>6.84</v>
       </c>
       <c r="D46" s="6">
         <v>5.49</v>
       </c>
       <c r="E46" s="6">
         <v>5.12</v>
       </c>
       <c r="F46" s="6">
         <v>5.34</v>
       </c>
       <c r="G46" s="6">
-        <v>4.81</v>
+        <v>5.58</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Prienų r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C47" s="6">
         <v>5.48</v>
       </c>
       <c r="D47" s="6">
         <v>5.01</v>
       </c>
       <c r="E47" s="6">
         <v>5.56</v>
       </c>
       <c r="F47" s="6">
         <v>5.86</v>
       </c>
       <c r="G47" s="6">
-        <v>5.43</v>
+        <v>5.82</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Radviliškio r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C48" s="6">
         <v>6.26</v>
       </c>
       <c r="D48" s="6">
         <v>6.61</v>
       </c>
       <c r="E48" s="6">
         <v>6.96</v>
       </c>
       <c r="F48" s="6">
         <v>6.77</v>
       </c>
       <c r="G48" s="6">
-        <v>5.48</v>
+        <v>6.37</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Raseinių r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C49" s="6">
         <v>6.94</v>
       </c>
       <c r="D49" s="6">
         <v>8.8</v>
       </c>
       <c r="E49" s="6">
         <v>7.81</v>
       </c>
       <c r="F49" s="6">
         <v>7.66</v>
       </c>
       <c r="G49" s="6">
-        <v>5.46</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rietavo sav.</t>
           </r>
         </is>
       </c>
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C50" s="6">
         <v>6.08</v>
       </c>
       <c r="D50" s="6">
         <v>6.15</v>
       </c>
       <c r="E50" s="6">
         <v>6.43</v>
       </c>
       <c r="F50" s="6">
         <v>6.96</v>
       </c>
       <c r="G50" s="6">
-        <v>5.74</v>
+        <v>6.45</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rokiškio r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C51" s="6">
         <v>6.71</v>
       </c>
       <c r="D51" s="6">
         <v>6.38</v>
       </c>
       <c r="E51" s="6">
         <v>5.74</v>
       </c>
       <c r="F51" s="6">
         <v>6.18</v>
       </c>
       <c r="G51" s="6">
-        <v>7.71</v>
+        <v>6.24</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Šakių r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C52" s="6">
         <v>6.01</v>
       </c>
       <c r="D52" s="6">
         <v>6.79</v>
       </c>
       <c r="E52" s="6">
         <v>5.61</v>
       </c>
       <c r="F52" s="6">
         <v>5.71</v>
       </c>
       <c r="G52" s="6">
-        <v>6.61</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Šalčininkų r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C53" s="6">
         <v>4.72</v>
       </c>
       <c r="D53" s="6">
         <v>4.55</v>
       </c>
       <c r="E53" s="6">
         <v>4.6</v>
       </c>
       <c r="F53" s="6">
         <v>4.77</v>
       </c>
       <c r="G53" s="6">
-        <v>5.55</v>
+        <v>5.22</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Šiaulių m. sav.</t>
           </r>
         </is>
       </c>
       <c r="B54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C54" s="6">
         <v>4.09</v>
       </c>
       <c r="D54" s="6">
         <v>3.56</v>
       </c>
       <c r="E54" s="6">
         <v>4.04</v>
       </c>
       <c r="F54" s="6">
         <v>3.35</v>
       </c>
       <c r="G54" s="6">
-        <v>3.09</v>
+        <v>3.33</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Šiaulių r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C55" s="6">
         <v>4.86</v>
       </c>
       <c r="D55" s="6">
         <v>4.51</v>
       </c>
       <c r="E55" s="6">
         <v>4.35</v>
       </c>
       <c r="F55" s="6">
         <v>4.73</v>
       </c>
       <c r="G55" s="6">
-        <v>4.66</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Šilalės r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C56" s="6">
         <v>7.77</v>
       </c>
       <c r="D56" s="6">
         <v>7.57</v>
       </c>
       <c r="E56" s="6">
         <v>7.04</v>
       </c>
       <c r="F56" s="6">
         <v>7.42</v>
       </c>
       <c r="G56" s="6">
-        <v>7.02</v>
+        <v>8.26</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Šilutės r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C57" s="6">
         <v>8.51</v>
       </c>
       <c r="D57" s="6">
         <v>6.11</v>
       </c>
       <c r="E57" s="6">
         <v>5.02</v>
       </c>
       <c r="F57" s="6">
         <v>4.66</v>
       </c>
       <c r="G57" s="6">
-        <v>4.4</v>
+        <v>4.57</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Širvintų r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C58" s="6">
         <v>4.3</v>
       </c>
       <c r="D58" s="6">
         <v>4.94</v>
       </c>
       <c r="E58" s="6">
         <v>4.32</v>
       </c>
       <c r="F58" s="6">
         <v>4.75</v>
       </c>
       <c r="G58" s="6">
-        <v>4.21</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Skuodo r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C59" s="6">
         <v>8.69</v>
       </c>
       <c r="D59" s="6">
         <v>5.88</v>
       </c>
       <c r="E59" s="6">
         <v>5.99</v>
       </c>
       <c r="F59" s="6">
         <v>5.86</v>
       </c>
       <c r="G59" s="6">
-        <v>5.38</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Švenčionių r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C60" s="6">
         <v>5.29</v>
       </c>
       <c r="D60" s="6">
         <v>5.0</v>
       </c>
       <c r="E60" s="6">
         <v>4.92</v>
       </c>
       <c r="F60" s="6">
         <v>4.93</v>
       </c>
       <c r="G60" s="6">
-        <v>5.39</v>
+        <v>6.05</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Tauragės r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C61" s="6">
         <v>5.28</v>
       </c>
       <c r="D61" s="6">
         <v>5.27</v>
       </c>
       <c r="E61" s="6">
         <v>4.95</v>
       </c>
       <c r="F61" s="6">
         <v>4.88</v>
       </c>
       <c r="G61" s="6">
-        <v>4.87</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Telšių r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C62" s="6">
         <v>4.67</v>
       </c>
       <c r="D62" s="6">
         <v>5.04</v>
       </c>
       <c r="E62" s="6">
         <v>4.81</v>
       </c>
       <c r="F62" s="6">
         <v>5.71</v>
       </c>
       <c r="G62" s="6">
-        <v>4.98</v>
+        <v>5.74</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Trakų r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C63" s="6">
         <v>4.74</v>
       </c>
       <c r="D63" s="6">
         <v>4.64</v>
       </c>
       <c r="E63" s="6">
         <v>4.29</v>
       </c>
       <c r="F63" s="6">
         <v>4.58</v>
       </c>
       <c r="G63" s="6">
-        <v>4.51</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Ukmergės r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C64" s="6">
         <v>5.1</v>
       </c>
       <c r="D64" s="6">
         <v>5.12</v>
       </c>
       <c r="E64" s="6">
         <v>5.29</v>
       </c>
       <c r="F64" s="6">
         <v>4.95</v>
       </c>
       <c r="G64" s="6">
-        <v>5.07</v>
+        <v>5.05</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Utenos r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C65" s="6">
         <v>5.9</v>
       </c>
       <c r="D65" s="6">
         <v>5.41</v>
       </c>
       <c r="E65" s="6">
         <v>5.76</v>
       </c>
       <c r="F65" s="6">
         <v>5.42</v>
       </c>
       <c r="G65" s="6">
-        <v>4.62</v>
+        <v>5.21</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Varėnos r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B66" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C66" s="6">
         <v>6.67</v>
       </c>
       <c r="D66" s="6">
         <v>6.68</v>
       </c>
       <c r="E66" s="6">
         <v>6.92</v>
       </c>
       <c r="F66" s="6">
         <v>7.03</v>
       </c>
       <c r="G66" s="6">
-        <v>8.61</v>
+        <v>8.1</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Vilkaviškio r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B67" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C67" s="6">
         <v>4.49</v>
       </c>
       <c r="D67" s="6">
         <v>4.45</v>
       </c>
       <c r="E67" s="6">
         <v>4.62</v>
       </c>
       <c r="F67" s="6">
         <v>4.8</v>
       </c>
       <c r="G67" s="6">
-        <v>4.77</v>
+        <v>5.42</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Vilniaus m. sav.</t>
           </r>
         </is>
       </c>
       <c r="B68" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C68" s="6">
         <v>1.77</v>
       </c>
       <c r="D68" s="6">
         <v>1.59</v>
       </c>
       <c r="E68" s="6">
         <v>1.42</v>
       </c>
       <c r="F68" s="6">
         <v>2.36</v>
       </c>
       <c r="G68" s="6">
-        <v>1.54</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Vilniaus r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B69" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C69" s="6">
         <v>4.72</v>
       </c>
       <c r="D69" s="6">
         <v>4.33</v>
       </c>
       <c r="E69" s="6">
         <v>5.26</v>
       </c>
       <c r="F69" s="6">
         <v>5.83</v>
       </c>
       <c r="G69" s="6">
-        <v>5.99</v>
+        <v>5.16</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visagino sav.</t>
           </r>
         </is>
       </c>
       <c r="B70" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C70" s="6">
         <v>4.29</v>
       </c>
       <c r="D70" s="6">
         <v>4.35</v>
       </c>
       <c r="E70" s="6">
         <v>3.91</v>
       </c>
       <c r="F70" s="6">
         <v>4.86</v>
       </c>
       <c r="G70" s="6">
-        <v>3.46</v>
+        <v>4.57</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Zarasų r. sav.</t>
           </r>
         </is>
       </c>
       <c r="B71" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">proc.</t>
           </r>
         </is>
       </c>
       <c r="C71" s="6">
         <v>10.74</v>
       </c>
       <c r="D71" s="6">
         <v>8.03</v>
       </c>
       <c r="E71" s="6">
         <v>8.57</v>
       </c>
       <c r="F71" s="6">
         <v>8.15</v>
       </c>
       <c r="G71" s="6">
-        <v>8.89</v>
+        <v>8.13</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="B7:G7"/>
     <mergeCell ref="C9:G9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>